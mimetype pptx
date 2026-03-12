--- v0 (2025-10-20)
+++ v1 (2026-03-12)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="mp4" ContentType="video/mp4"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -51,90 +52,92 @@
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId24"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="284" r:id="rId5"/>
     <p:sldId id="295" r:id="rId6"/>
     <p:sldId id="256" r:id="rId7"/>
     <p:sldId id="257" r:id="rId8"/>
-    <p:sldId id="301" r:id="rId9"/>
-[...13 lines deleted...]
-    <p:sldId id="302" r:id="rId23"/>
+    <p:sldId id="294" r:id="rId9"/>
+    <p:sldId id="298" r:id="rId10"/>
+    <p:sldId id="304" r:id="rId11"/>
+    <p:sldId id="300" r:id="rId12"/>
+    <p:sldId id="293" r:id="rId13"/>
+    <p:sldId id="290" r:id="rId14"/>
+    <p:sldId id="296" r:id="rId15"/>
+    <p:sldId id="287" r:id="rId16"/>
+    <p:sldId id="297" r:id="rId17"/>
+    <p:sldId id="299" r:id="rId18"/>
+    <p:sldId id="285" r:id="rId19"/>
+    <p:sldId id="265" r:id="rId20"/>
+    <p:sldId id="302" r:id="rId21"/>
+    <p:sldId id="306" r:id="rId22"/>
+    <p:sldId id="307" r:id="rId23"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -245,51 +248,51 @@
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="356690"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{117D8489-EB3D-68CC-245B-7D4DF682C3E3}" v="14" dt="2025-01-30T00:53:46.693"/>
+    <p1510:client id="{79EB27D8-5DE4-FBAB-F514-3F648680BCF2}" v="1" dt="2026-03-12T04:51:26.559"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{0817EA92-75D0-4044-A80A-286907CE0DDB}">
   <a:tblStyle styleId="{0817EA92-75D0-4044-A80A-286907CE0DDB}" styleName="SVA default table">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk2"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -432,82 +435,309 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="809DC4"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="12017" autoAdjust="0"/>
-    <p:restoredTop sz="63433" autoAdjust="0"/>
+    <p:restoredTop sz="74244" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="99" d="100"/>
+          <a:sy n="99" d="100"/>
         </p:scale>
-        <p:origin x="2280" y="60"/>
+        <p:origin x="1937" y="41"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
+      <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:17:26.321" v="1622" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp delSp modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:16:58.237" v="1552" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1027447141" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:16:29.271" v="1545" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:spMk id="2" creationId="{8E1D1318-73ED-0CA7-1D44-C2A991E9CF86}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add del mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:16:58.237" v="1552" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1027447141" sldId="257"/>
+            <ac:spMk id="4" creationId="{370B0BD4-26D0-BA16-179E-DEED3E8EB6A0}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:47:10.650" v="335" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3022524459" sldId="284"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:47:10.650" v="335" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3022524459" sldId="284"/>
+            <ac:spMk id="3" creationId="{A7721118-8A03-EBD9-71A6-454C522CC548}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:15:12.737" v="1430" actId="113"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2472925297" sldId="285"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:14:59.389" v="1428" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2472925297" sldId="285"/>
+            <ac:spMk id="2" creationId="{9FA44A29-B817-2265-B6AE-F3BC62A25153}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:11:21.327" v="806" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2472925297" sldId="285"/>
+            <ac:spMk id="11" creationId="{9494A548-2020-404E-2860-159EF79FE964}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:15:05.205" v="1429" actId="1076"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2472925297" sldId="285"/>
+            <ac:graphicFrameMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:52:56.852" v="457" actId="113"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="302990616" sldId="287"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:52:56.852" v="457" actId="113"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="302990616" sldId="287"/>
+            <ac:spMk id="3" creationId="{7125EB17-354E-25DC-C5AF-514BE9612A46}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod addAnim delAnim modAnim modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:01:06.226" v="523" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2508332225" sldId="294"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:01:06.226" v="523" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2508332225" sldId="294"/>
+            <ac:spMk id="5" creationId="{68CDABF1-F2D4-99E1-F779-00D438AE92E9}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:00:40.744" v="464" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2508332225" sldId="294"/>
+            <ac:picMk id="2" creationId="{ED729E9F-3654-DACF-BBB2-9A31B344B6EC}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:02:21.298" v="528" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3906873664" sldId="297"/>
+        </pc:sldMkLst>
+        <pc:picChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:01:32.698" v="525" actId="14100"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3906873664" sldId="297"/>
+            <ac:picMk id="5" creationId="{D9628004-3B39-05BE-B48D-9DB5F308C180}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add del mod modClrScheme chgLayout">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:52:10.906" v="455" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1781481656" sldId="298"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:52:10.906" v="455" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1781481656" sldId="298"/>
+            <ac:spMk id="3" creationId="{B217C3AC-7D5D-C79C-A3F7-1559A2FC072E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:13:25.599" v="1038" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2123008529" sldId="299"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:10:45.048" v="802" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="751529737" sldId="302"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:10:45.048" v="802" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="751529737" sldId="302"/>
+            <ac:spMk id="3" creationId="{9973BC78-EE19-7192-7B10-8C14A1EAEDDB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:51:52.894" v="441" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3939065977" sldId="304"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T06:51:44.737" v="415" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3939065977" sldId="304"/>
+            <ac:spMk id="3" creationId="{B217C3AC-7D5D-C79C-A3F7-1559A2FC072E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add mod">
+        <pc:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:17:26.321" v="1622" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2296516357" sldId="307"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="ADAL" clId="{02FB9C93-58E3-4816-8917-A1940BC19C03}" dt="2026-02-24T07:17:26.321" v="1622" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2296516357" sldId="307"/>
+            <ac:spMk id="2" creationId="{96F52539-3866-CE36-6A06-056EB0AACA96}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{79EB27D8-5DE4-FBAB-F514-3F648680BCF2}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{79EB27D8-5DE4-FBAB-F514-3F648680BCF2}" dt="2026-03-12T04:51:26.559" v="0" actId="1076"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{79EB27D8-5DE4-FBAB-F514-3F648680BCF2}" dt="2026-03-12T04:51:26.559" v="0" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="751529737" sldId="302"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Nicole Cowan" userId="S::nicole.cowan@melbournewater.com.au::d77e2e1c-39ae-440d-8e3f-4f4bb24ebf50" providerId="AD" clId="Web-{79EB27D8-5DE4-FBAB-F514-3F648680BCF2}" dt="2026-03-12T04:51:26.559" v="0" actId="1076"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="751529737" sldId="302"/>
+            <ac:spMk id="3" creationId="{9973BC78-EE19-7192-7B10-8C14A1EAEDDB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -552,51 +782,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{226D3341-7B95-4A6B-90E1-134F954A481B}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>8/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -841,87 +1071,91 @@
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/1017391183" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/water-and-environment/water-management/water-quality/water-catchments" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/water-and-environment/water-management/water-storage-levels#/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/manage/videos/1027091227" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/1017391183" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/water-and-environment/water-management/water-quality/water-catchments" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/water-and-environment/water-management/water-storage-levels#/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/manage/videos/1027091227" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -1012,138 +1246,193 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>To explore the theme of using water sustainably, students need to know what happens to their wastewater and where it goes. Watch the video for a brief explanation.</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Remind your students of the importance of sanitation and a sewerage network. You could discuss why Melbourne was once known as '</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0" err="1"/>
+              <a:t>Smellbourne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>' and the health impacts (cholera and typhoid) of untreated sewage. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="567900"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="montserratlight"/>
+              </a:rPr>
+              <a:t>Hundreds of people died from a savage typhoid outbreak in the 1880s due to the incorrect disposal of animal and human waste.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Get students to write down notes about what happens to their sewage and how it is reused. Ensure they write down the following information, which will help them respond to the theme of using water sustainably.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Recycled water – firefighting, watering gardens, toilets</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Biogas – powering the site, sending back to the grid</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Biosolids* is a product of treating sewage not mentioned in the video, which will be discussed on the visit to the WTP. For more information go to the Melbourne Water website and search for ‘Where your sewage goes’.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>GIS map lesson* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>(optional)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="2" indent="-171450">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPts val="1200"/>
               </a:lnSpc>
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="0"/>
+                <a:spcPts val="200"/>
               </a:spcAft>
-              <a:buClrTx/>
-[...4 lines deleted...]
-              <a:defRPr/>
+              <a:buFont typeface="Arial,Sans-Serif"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-[...28 lines deleted...]
-              <a:t>This section focus on the supply of water; you could also get students to consider wider impacts of water scarcity.</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Navigate a GIS map of Melbourne and learn about the sewerage and water supply network </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1137360577"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="584353933"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1163,187 +1452,132 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
-            <a:r>
-[...75 lines deleted...]
-            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFontTx/>
+              <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>The desalination plant to rebuild and maintain a buffer of water in the system</a:t>
-[...6 lines deleted...]
-            </a:pPr>
+              <a:t>The image shows Cardinia Reservoir, which is Melbourne’s second-largest reservoir.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Water scarcity can lead to water stress, which is the negative effects a lack of water has on the environment, the economy and society. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Ask students to note these definitions. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>This section focus on the supply of water; you could also get students to consider wider impacts of water scarcity.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1809430729"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1137360577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1360,128 +1594,190 @@
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...18 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>and the Cross-Curriculum Priority.</a:t>
-[...24 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>Watch the video and get students to write notes about</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>The Millennium Drought and its impact on Melbourne’s water supply, where water supplies decreased by 20% in a single year</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>A buffer in our water system to protect against the next drought and in case of bushfires</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Climate change is affecting our water supply, winter and spring are becoming drier and rainfall more variable</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>We’ve got better at conserving and using less water, but our population is increasing  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Can not build more dams because less rainfall means they won’t fill</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>We learnt about that severe water restrictions can impact our quality of life</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>We’re working to extend the use of recycled water and more stormwater harvesting  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>The desalination plant to rebuild and maintain a buffer of water in the system</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1426647989"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1809430729"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1498,186 +1794,122 @@
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
-[...1 lines deleted...]
-          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To respond to the theme </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" b="1" dirty="0"/>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Students will need to understand the concept of sustainability and its three pillars. You can use the definitions from the Victorian Curriculum Geographical Concepts </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Get students to draw the following table and complete the first two columns ‘Know’ and ‘Find out’. They should write at least 4 pieces of information in each column.</a:t>
-            </a:r>
+              <a:t>and the Cross-Curriculum Priority.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Get students to write down this definition and answer the questions on the next page.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...94 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625810423"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1426647989"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1694,457 +1926,387 @@
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Calibri"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What can we do to manage Melbourne’s water sustainably from an environmental aspect?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What can we do to manage Melbourne’s water sustainably from an economic aspect?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What can we do to manage Melbourne’s water sustainably from an emotional/social aspect?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Note: The Future Water uses the term ‘Emotion’.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" i="1" baseline="0" dirty="0">
+              <a:latin typeface="Aptos"/>
+              <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Extension: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Step 1. Rewatch the video that introduces the Circular Cities Digital Challenge</a:t>
-[...40 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Have students think about any other pillars that might be important to sustainability – is there more than three? Students may think of other pillars that they think are important such as health or education. Have them design their own ‘pillars of sustainability’</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3028085515"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625810423"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBE6C85A-21AF-0A3C-EB2E-2DE5655612AD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ADFD072-42B8-3D14-DEB3-9E8825AB2031}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AB7DCE4-5C07-5701-AFB8-72B1F90910E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
-          </a:p>
-[...234 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{328CAD07-80BF-7E89-EFF0-B642A0E9F389}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1249811576"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2540519704"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F89019A-068E-68B3-278E-AE2B7CF62B2E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2CD0C68-BD84-981F-CC4F-F10847CBB8FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F053A681-A222-0BFC-3D36-1F4CAE429C46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D8E9574-0970-C8DC-89E5-E54A498B516A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
+              <a:rPr lang="en-AU" smtClean="0"/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3876395962"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2264,51 +2426,51 @@
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Teaching notes &amp; ideas:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>You could add how population growth and climate change will impact water security in Melbourne.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>The focus of the Future Water Story is on Melbourne, you could add reference to other cities around the world your class is investigating. </a:t>
+              <a:t>The focus of the Future Water Story is on Melbourne, you could add reference other cities around the world if relevant.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
@@ -2379,80 +2541,391 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
               <a:t>The next two slides are aimed at getting your students ready and excited to participate in the Future Water Story. </a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Teaching notes &amp; ideas</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Explain to students that they'll be  visiting the Western Treatment Plant to participate in the Future Water Story and that they will be exploring the theme: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>You could begin with a quick discussion about what students know about the Western Treatment Plant and why it is important:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do you know where the Western Treatment Plant is located?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Have you ever visited the Western Treatment Plant?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do you know any facts about the plant?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What would happen if you flushed the toilet, and it didn't work?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Key terms students should know to get the most out of the experience – see Glossary. The terms students will need to know include</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Grey water</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ponds</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Run-off</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Activated sludge</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Reservoir</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sewage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sewerage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Stormwater</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Wastewater</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Water cycle</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Desalination</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Biosolids</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Biogas</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Drought</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Dam</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-AU" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="333333"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Water scarcity</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1691817511"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3167171888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2466,383 +2939,202 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...14 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Watch the video</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Your students need to be allocated into teams. You may choose to allocate students or get them to nominate the group they would like to be part of. When students are participating in the challenge, they will need to consider the ‘needs’ and ‘requirements’ of their group.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The groups:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Banksia Sports</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Culture Ark</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Collins Family Farm</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Creekside Science</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wattle School P&amp;F</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Health &amp; Hue</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:r>
-[...270 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Aptos"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3167171888"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3028085515"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2852,110 +3144,197 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-          </a:p>
-[...7 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Your students need to be allocated into different stakeholders. You may choose to allocate students or get them to nominate the group they would like to be part of. When students are participating in the challenge, they will need to consider the ‘needs’ and ‘requirements’ of their group.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The groups:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Banksia Sports</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Culture Ark</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Collins Family Farm</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Creekside Science</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wattle School P&amp;F</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Health &amp; Hue</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Aptos"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3339515392"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1249811576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2986,225 +3365,89 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>To explore the theme of using water sustainably, students first need to know where the water from their tap comes from.  Some students might know that water is stored in reservoirs, but they need to know about catchments, and the importance of catchments to Melbourne’s ‘drinking’ water supply. </a:t>
-[...135 lines deleted...]
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+              <a:t>The next slides outline the key terms and concepts that will be discussed and covered as part of the Future Water Story. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955648838"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3339515392"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3238,159 +3481,222 @@
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...14 lines deleted...]
-              <a:defRPr/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>To explore the theme of using water sustainably, students first need to know where the water from their tap comes from.  Some students might know that water is stored in reservoirs, but they need to know about catchments, and the importance of catchments to Melbourne’s ‘drinking’ water supply. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Explain to students that his images </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>shows the Upper Yarra Reservoir</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t> and the land surrounding the reservoir forms part of Melbourne's water supply catchments. This is where the majority of Melbourne’s drinking water comes from and these areas are protected, meaning that there is limited public access. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>Point </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>and note </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>the following </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-AU" sz="1200" b="1" i="0" kern="1200" dirty="0">
-[...11 lines deleted...]
-              <a:defRPr/>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>The dam wall at the bottom of the image and the reservoir of water behind the dam wall</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>Note the Yarra River that continues after the dam wall, and also point the river at the top of the reservoir</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>Rain that falls in this area is part of the Yarra Catchment. Rain falls to the ground, moves over the land and is absorbed into rivers and creeks. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" baseline="0" dirty="0"/>
+              <a:t>Rain will also seep into the ground as groundwater. Some of this water then will seep into the rivers and creeks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>The previous slide showed the Upper Yarra Reservoir, you can point to the location of this map which outlines Melbourne's water supply system. For details about current water storages at each reservoir see </a:t>
+              <a:t>This area is a closed catchment, meaning it is protected and there no or limited public access.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>For more information </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>this video outlines the importance of protected catchments </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" b="1" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>Water storage levels | Melbourne Water</a:t>
-[...5 lines deleted...]
-              <a:defRPr/>
+              <a:t>Why Melbourne’s drinking water is so good on Vimeo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t> (see first 45 seconds)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
-[...23 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="en-AU" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Transferring water between our water storage reservoirs</a:t>
+              <a:t>Water catchments | Melbourne Water</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654959990"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955648838"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3400,197 +3706,183 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Teaching notes &amp; ideas</a:t>
             </a:r>
-          </a:p>
-[...3 lines deleted...]
-          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>To explore the theme of using water sustainably, students need to know what happens to their wastewater and where it goes. Watch the video for a brief explanation.</a:t>
-[...3 lines deleted...]
-          <a:p>
+              <a:t>The previous slide showed the Upper Yarra Reservoir, you can point to the location of this map which outlines Melbourne's water supply system. For details about current water storages at each reservoir see </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Water storage levels | Melbourne Water</a:t>
+            </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Remind your students of the importance of sanitation and a sewerage network. You could discuss why Melbourne was once known as '</a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Explain to students the location of water supply catchments which are all to the east of Melbourne. Note the location of the reservoirs and the main network of pipes transporting water all over Melbourne. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>' and the health impacts (cholera and typhoid) of untreated sewage. </a:t>
-[...7 lines deleted...]
-                <a:latin typeface="montserratlight"/>
+              <a:t>You could show students this video which explains how Melbourne Water transfers water between reservoirs </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>Hundreds of people died from a savage typhoid outbreak in the 1880s due to the incorrect disposal of animal and human waste.</a:t>
-[...75 lines deleted...]
-          <a:p>
+              <a:t>Transferring water between our water storage reservoirs</a:t>
+            </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="5"/>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{517637F7-FC4D-4CBC-AB75-3578EC53B962}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="584353933"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654959990"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -4342,51 +4634,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EC04AF43-F4D7-4307-AAC6-978BA3428C8A}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4804,51 +5096,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{770F0ABB-BB79-4AFB-97FB-A631ED08C459}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5266,51 +5558,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{612D710C-B5D9-4CB5-94E6-E2CD1833AE84}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5728,51 +6020,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4E561842-7DDB-4B93-A9F9-000F48B93157}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6190,51 +6482,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D0AAF764-000E-408A-BB85-8AEC778B5B62}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6801,51 +7093,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9DDA6C7C-078A-49DF-AE7A-D3DDF8E99D67}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6925,51 +7217,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7075EC11-1721-4360-A378-F6649AC6227E}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7177,51 +7469,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1A230695-3632-487E-8506-209914F05A01}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7410,51 +7702,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{74542351-0D01-4C4E-A00D-05516CC6F4F8}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7632,51 +7924,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{77E312E6-FA90-4A59-849C-194B2CB6E855}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7815,51 +8107,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B2DCA67C-1FDD-4289-A45B-1C24A8752454}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8328,51 +8620,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4BBF2D1-A9DE-450B-BD5F-55EFF1E77543}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8778,51 +9070,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6690749" y="6358249"/>
             <a:ext cx="2520000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1500">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{96B4C594-0B96-4F5A-984A-EA98CBA1964E}" type="datetime1">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>08/04/2025</a:t>
+              <a:t>11/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="6358249"/>
             <a:ext cx="5975238" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -9240,119 +9532,119 @@
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1017389702?app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1017389702?app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1017391555?app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1017391555?app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1053216233?h=f3152783fb&amp;amp;app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="../media/media1.mp4"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media1.mp4"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://player.vimeo.com/video/1053216233?h=f3152783fb&amp;amp;app_id=122963" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E558487B-52A6-ECA6-CCE2-24083D75D438}"/>
@@ -9374,51 +9666,51 @@
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Verdana"/>
                 <a:ea typeface="Verdana"/>
               </a:rPr>
               <a:t>1. Teacher Instructions</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7721118-8A03-EBD9-71A6-454C522CC548}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="1552832"/>
-            <a:ext cx="10853369" cy="5232202"/>
+            <a:ext cx="10853369" cy="5478423"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t>Pre-visit: </a:t>
@@ -9444,51 +9736,51 @@
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t>Length:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
-              <a:t> Approximately 90 minutes</a:t>
+              <a:t> Approximately 60 minutes</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -9521,144 +9813,177 @@
               </a:rPr>
               <a:t>udents participating in the</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B3751"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t> Future Water Story </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B3751"/>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t>at the Western Treatment Plant, will explore the theme: </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1B3751"/>
+              </a:solidFill>
+              <a:latin typeface="VAG Rounded Next"/>
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Segoe UI"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="1B3751"/>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
-              <a:t>How do we make the use of water in Melbourne sustainable?</a:t>
-            </a:r>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
-[...5 lines deleted...]
-          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
-              <a:t>This lesson is aimed at preparing your students for their visit to the WTP. It includes key content and terms to help them participate in the Future Water Story.</a:t>
+              <a:t>This lesson is aimed at preparing your students for their visit to the Western Treatment Plant. It includes key content and terms to help them participate in the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0">
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Future Water Story.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" b="1" dirty="0">
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t>Overview: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" dirty="0">
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
               <a:t>Students learn about water catchments, the sewerage network, water scarcity and sustainability</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" dirty="0">
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
-              <a:t>Students complete tasks and write notes to prepare for the Future Water Story</a:t>
+              <a:t>Students complete tasks and write notes to prepare for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600" i="1" dirty="0">
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Future Water Story</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1600" dirty="0">
                 <a:latin typeface="VAG Rounded Next"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Segoe UI"/>
               </a:rPr>
-              <a:t>Allocate your students into teams to participate in the Circular Cities Digital Challenge</a:t>
+              <a:t>Allocate your students into stakeholder groups (teams) in preparation for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600" i="1" dirty="0">
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Future Water Story</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-AU" sz="1600" dirty="0">
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial,Sans-Serif"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="VAG Rounded Next"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
@@ -9738,50 +10063,150 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Verdana"/>
               <a:ea typeface="Verdana"/>
               <a:cs typeface="Segoe UI"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3022524459"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4" descr="A map of a city">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{422CA773-8EEA-EEA2-6FEC-AB80263E0F32}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2278251" y="1700740"/>
+            <a:ext cx="7113722" cy="4872899"/>
+          </a:xfrm>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="602031" y="274868"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>1.6: Melbourne’s water supply system</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3167189015"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Online Media 4" title="Where your sewage goes">
             <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD511ED4-1CD3-1170-E8C0-0F92184CD6EA}"/>
               </a:ext>
             </a:extLst>
@@ -9808,103 +10233,103 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F540D01-9AC6-F3FC-C627-F1806E3839F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1.4: Sewage</a:t>
+              <a:t>1.7: Sewage</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1789717608"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.5: Water Scarcity</a:t>
+              <a:t>1.8: Water Scarcity</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7125EB17-354E-25DC-C5AF-514BE9612A46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
@@ -9999,83 +10424,101 @@
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Types of water scarcity</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-AU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Physical: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Physical: is when there is a drought and there is not enough water to meet all demands, for people and the environment</a:t>
+              <a:t>is when there is a drought and there is not enough water to meet all demands, for people and the environment</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-AU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Economic: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Economic: is when there has not been enough investment in the infrastructure needed to store and transport water to where it is needed.</a:t>
+              <a:t>is when there has not been enough investment in the infrastructure needed to store and transport water to where it is needed.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="356690"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -10152,174 +10595,174 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="302990616"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Online Media 4" title="Securing our water supply">
             <a:hlinkClick r:id="" action="ppaction://media"/>
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9628004-3B39-05BE-B48D-9DB5F308C180}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
             <a:videoFile r:link="rId1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1890584" y="1869989"/>
-            <a:ext cx="8072137" cy="4548556"/>
+            <a:off x="1074542" y="1410159"/>
+            <a:ext cx="9744022" cy="5490644"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E08FBAE-17DC-B454-4F0E-E821B5A2788F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1.6: Securing our water supply</a:t>
+              <a:t>1.9: Securing our water supply</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3906873664"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.7: Sustainability</a:t>
+              <a:t>1.10: Sustainability</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture Placeholder 11" descr="A river running through a forest&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BADD97C-02F4-D77F-822F-79BAD1D697CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -10618,174 +11061,184 @@
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3353"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2123008529"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2974622278"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3909242944"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="609231" y="2490354"/>
-          <a:ext cx="10980738" cy="3992880"/>
+          <a:off x="513784" y="2028445"/>
+          <a:ext cx="10980738" cy="4602480"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3660246">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2874514260"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3660246">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3159055788"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3660246">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3717106593"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
-[...9 lines deleted...]
-                        <a:t>KNOW?</a:t>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2000" dirty="0"/>
+                        <a:t>What can we do to manage Melbourne’s water sustainably from an environmental aspect?</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
-[...9 lines deleted...]
-                        <a:t>FIND OUT?</a:t>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2000" dirty="0"/>
+                        <a:t>What can we do to manage Melbourne’s water sustainably from an economic aspect?</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
-[...9 lines deleted...]
-                        <a:t>LEARNT?</a:t>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2000" dirty="0"/>
+                        <a:t>What can we do to manage Melbourne’s water sustainably from an emotional/social aspect?</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2564775333"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="en-AU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:endParaRPr lang="en-AU" dirty="0"/>
                     </a:p>
                     <a:p>
                       <a:endParaRPr lang="en-AU" dirty="0"/>
                     </a:p>
@@ -10858,81 +11311,86 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Title 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9494A548-2020-404E-2860-159EF79FE964}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.8: ‘Know’, ‘Find out’ and ‘Learnt’</a:t>
-            </a:r>
+              <a:t>1.11: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" b="1" dirty="0"/>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FA44A29-B817-2265-B6AE-F3BC62A25153}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609231" y="1811708"/>
-            <a:ext cx="7299961" cy="486650"/>
+            <a:off x="602031" y="1493288"/>
+            <a:ext cx="10804244" cy="486650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="105000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="800"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="2300" b="0" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="105000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -11066,248 +11524,18523 @@
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1500" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="95000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>How do we make the use of water in Australia sustainable?</a:t>
+              <a:t>Think about the three pillars of sustainability. How can we take this into consideration when thinking about Melbourne’s water supply and sustainable use?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2472925297"/>
-      </p:ext>
-[...90 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3028757151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80A41D4-3FB4-7520-595D-67114357BD0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Are you ready for the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Future Water Story?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3909166809"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80A41D4-3FB4-7520-595D-67114357BD0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="678292" y="811496"/>
+            <a:ext cx="10440000" cy="1620000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Curriculum links</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9973BC78-EE19-7192-7B10-8C14A1EAEDDB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1205803" y="3068826"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="VAG Rounded Next Medium" panose="020F0602020203020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Geography: VC2HG8K01, VC2HG8K02, VC2HG8K03, VC2HG8K04, VC2HG8K05, VC2HG8K06, VC2HG8S02, VC2HG8S03, VC2HG8S04, VC2HG8S06</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Science: VC2S8U09, VC2S8H02, VC2S8H03</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Critical and Creative Thinking: VC2CC8Q02, VC2CC8R01, VC2CC8R02, C2CC8R04, VC2CC8M03</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Personal and Social Capability: VC2CP8O01, VC2CP8O04, VC2CP8O05</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Ethical Capability: VC2CE8U02, VC2CE8D01</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="751529737"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A00B1423-7580-0F03-CDD6-C72D23509CA3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3AB80C-3B84-3FD3-A31D-D9BCFDB5B21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Glossary</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 2" descr="A circular image of a city&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4203A39D-94D2-8810-1EFC-CA9A59D704A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212725" y="-144463"/>
+            <a:ext cx="304800" cy="304801"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25948CB4-A2FA-7F21-7E25-005F1BA00CCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1419809911"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="391099" y="1432193"/>
+          <a:ext cx="11303305" cy="5259463"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2002403">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4087198878"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="9300902">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2845677565"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="217738">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="280"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2800" b="1" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Word</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="280"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2800" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Definition</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1128251116"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>activated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-55" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sludge process</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>A sewage process in which solids are separated from wastewater using bacteria and aeration. Organisms</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bacteria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>degrade</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>organic</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>material</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>remove</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>nutrients</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>using</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>before they are separated from the treated water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="698627523"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="206510">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aerator</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>A</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>device</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>mixing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>air</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>into</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2903870367"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aerobic</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>requires</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>In</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>air</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>mixed</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>into</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>encourage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>certain bacteria to help break down the waste</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3830884650"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>anaerobic</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>This</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>does</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>require</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>In</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>this</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>case</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>some bacteria</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>work</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>without</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oxygen</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to help clean the waste</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220782179"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="208910">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aquifers</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>layers</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rock</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>store</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>quantities</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4072217513"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="218760">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Biogas</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>renewable</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>resource</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>produced</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>micro-organisms</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>methanogens</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1784281358"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>biosolids</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sludge</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by-product</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treatment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>process.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Some</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>this</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>nutrient-</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rich</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>be</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reused</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>many</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>purposes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>including</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>agricultural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>use</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>production</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3247408507"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>blue</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lakes,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rivers</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>aquifers</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2032297509"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>brine</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>very</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>salty</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>solution</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3741473701"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="226758">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchment</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440" marR="111760">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>area</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>where</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>precipitation)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collected</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>natural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>landscape.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>The</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water then flows or drains into rivers, creeks, dams, lakes or into a groundwater system</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="613941289"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>dam</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>structure</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>built</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>across</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>control</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flow</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>create</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reservoir</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> (lake)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="98257771"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="205590">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>desalination</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>removal</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>salts</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>seawater</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>other</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>saline</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(salty)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>solutions</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3644287536"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="226758">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drainage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-60">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>area</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>where</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collects</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>moves</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>towards</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>its</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>tributaries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(branches</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from the main river; also known as a catchment or river basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1116508440"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drought</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>prolonged</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(lengthy)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>period</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>below-average</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rainfall</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3534892067"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="388528">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>beneath</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Earth’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fills</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pores</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>tiny</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>spaces</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>materials</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sand,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>soil</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>gravel</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1713756872"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>green</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>energy</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(electricity)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>produced</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>using</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>renewable</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>resources,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wind</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sunlight,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>without</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>creating greenhouse gases</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2086371104"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="284423">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="305"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>green</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="91440">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>precipitation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(rainfall)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>on</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>does</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>run</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>become</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>groundwater, but</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stored</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the soil or temporarily stays on top of the soil or in vegetation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3706790092"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1162464716"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB487165-405D-4FF2-726A-9602765A7137}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F52539-3866-CE36-6A06-056EB0AACA96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Glossary of terms that might be used on your excursion</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 2" descr="A circular image of a city&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{060D55F6-2EE1-E3CA-1BA5-F44F3A4CA88E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="212725" y="-144463"/>
+            <a:ext cx="304800" cy="304801"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-AU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="13" name="Content Placeholder 9"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="391046499"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="212725" y="1427822"/>
+          <a:ext cx="11639319" cy="5313277"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1839998">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4087198878"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="9799321">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2845677565"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="280213">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="2800" dirty="0"/>
+                        <a:t>Word</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58652" marR="58652" marT="29326" marB="29326">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="2800" dirty="0"/>
+                        <a:t>Definition</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="58652" marR="58652" marT="29326" marB="29326">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1128251116"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="164725">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>grey</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>generated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>domestic</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>activities</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>washing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>clothes,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>dishwashing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bathing</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220782179"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="202141">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>heatwaves</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>short</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>periods</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(usually</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>no</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>longer</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>than</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>few</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>days)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>well-above-average</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> temperatures</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4072217513"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="199653">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>non-potable</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>not</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>safe</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drink</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>but</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>be</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>other</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>purposes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1784281358"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lagoons</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treating</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage.</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>The</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flows</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>through</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ponds,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>gradually</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>becoming</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>cleaner as bacteria break down the organic matter in the water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3247408507"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="171404">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>potable</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>safe</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drink</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2032297509"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="354593">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>acts</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>container</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flow</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>towards</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>main</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>river</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ocean;</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>also</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>known</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:lnSpc>
+                          <a:spcPts val="1210"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>drainage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-55">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>basin</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3741473701"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="160636">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>run-</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>movement of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>surface</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>across</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>down</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>slopes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="613941289"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="106677">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>reservoir</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>large</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>natural</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>artificial</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>lake</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>source</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> supply</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="98257771"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="162267">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sanitation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>infrastructure</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>related</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>collection</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>disposal</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(human</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>waste)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3644287536"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="143510">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>leaves</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>our</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>kitchens,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>bathrooms,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>laundries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>toilets,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>well</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>industry and businesses</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1116508440"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="206953">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sewerage</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="143510">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>network</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pipes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>pumps</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>carry</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>away</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>human</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>waste</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>houses</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and other buildings</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3534892067"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stormwater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>rain</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>storm</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>events</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>flows</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>off</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>house</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>building</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1713756872"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="188105">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>virtual</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="295"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>volume</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>consumed</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>polluted)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>when</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>product</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>created</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1970850622"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="193780">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>wastewater</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>discharged</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>homes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>businesses</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>sent</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>treatment</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> plant</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1374085671"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="310431">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>allocation</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="315"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>amount</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>user</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>with</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>access</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>licence</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>allocated</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>against</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>their</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>licence in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a water year/ A water allocation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is an authority</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to take</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water, and an entitlement to a share of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the available water resource in a catchment</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3208451280"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="413908">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>budget</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>account</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stored</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>system,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>such</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>as</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>watershed,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>movement of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and out of that system. The equation used to calculate a water budget broadly includes precipitation, water flow into a system, water flow out of a system, changes in water storage, and </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>evapotranspiration</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="404720847"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="188105">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>cycle</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>processes</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>passing</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>from</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>to</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Earth’s</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>oceans,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>atmosphere</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>land</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2765493750"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>footprint</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075" marR="88900">
+                        <a:lnSpc>
+                          <a:spcPct val="97000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="320"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>total</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>volume</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>of</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>fresh</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>used</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>by</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>an</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>individual,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>household,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>business,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>community</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>country</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="940191043"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="198282">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>scarcity</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>a</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-40">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>situation</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>in</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>which</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>demand</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>is</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>greater</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-5">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>than</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>amount</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>available</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1474862140"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="217269">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>watersheds</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-45">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>boundaries</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-50">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>between</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>catchments</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3755779319"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="259581">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="90805">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-35">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" b="1" spc="-10">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>stress</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="92075">
+                        <a:spcBef>
+                          <a:spcPts val="300"/>
+                        </a:spcBef>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>the</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>negative</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>effect</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-15" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>that</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>water</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>scarcity</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-20" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>can</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-25" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>have</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-30" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>on</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>people</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>and</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-35" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1100" spc="-10" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="1B3751"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>environments</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-AU" sz="1100" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0">
+                    <a:lnL w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnL>
+                    <a:lnR w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnR>
+                    <a:lnT w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnT>
+                    <a:lnB w="6350">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3212938532"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2296516357"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F159346-D55D-79A4-099B-8F5040C17CEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="14"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1201842557"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="476077" y="2151739"/>
+          <a:ext cx="11239845" cy="4403086"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{0817EA92-75D0-4044-A80A-286907CE0DDB}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="3106498">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1161235133"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="6882064">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3079771852"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1251283">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1792626037"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="308610">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Slide</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Description </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400">
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Time</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1796131606"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="271421">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Preparing for your visit</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2656313220"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="271421">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.1: Introduction</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Introduction to main themes students will investigate</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>6 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3890127812"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="279041">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.2: Future Water Story</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Introducing the challenge and the teams</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>4 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2158116647"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="279041">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.3: The teams</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Allocating your students into groups</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>4 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4232549992"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="252371">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Key knowledge</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-AU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="570326188"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="294281">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.5: Water supply catchments </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>What is a catchment?</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1181641573"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="274320">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="1B3751"/>
+                        </a:buClr>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.6: Melbourne's water supply system</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Where does our water come from?</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="5284003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="293370">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.7: Sewage</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>What happens to our wastewater?</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3561663798"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="297180">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.8: Water scarcity</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>What is water scarcity (physical and economic)?</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4035164465"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="251460">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.9: Securing our water supply</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>What might water sustainability look like, including an overview of alternate water sources</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>6 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2701010467"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="281940">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.10: Sustainability</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>What is sustainability? Use the definitions from the Victorian Curriculum</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3596846460"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370838">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>1.11: KFL Chart</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-AU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" noProof="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>‘Know’, ‘Find out’ and ‘Learnt’</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>5 minutes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3867073711"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370838">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Section: Glossary of terms</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Glossary</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx2"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Reference</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3213352254"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD33BE3F-51F8-59EB-7B60-BCEC2D36651C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Instructions</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95CE904F-7609-0CE2-17BE-EBD2F1879084}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="476077" y="1370529"/>
+            <a:ext cx="10900050" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>The following is a suggested sequence of activities and time allocation. You might want to spend more or less time on specific sections depending on your class and their learning requirements. All resources can be edited to suit your teaching needs.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2981667348"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Subtitle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B829D82-CED6-7D1B-8B03-C1F3929722C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>Pre-visit lesson</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F12A0260-6F89-7C19-2A19-CF3B28830856}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU"/>
+              <a:t>The Future Water Story</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture Placeholder 5" descr="A water droplet falling into a blue and pink surface&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBED5C96-C49F-1367-FB27-0464F15070BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="hqprint">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-4"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1981200" y="0"/>
+            <a:ext cx="10210344" cy="2560196"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2147952893"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1D1318-73ED-0CA7-1D44-C2A991E9CF86}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1173959" y="1148395"/>
+            <a:ext cx="10440000" cy="900000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Learning outcomes</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{370B0BD4-26D0-BA16-179E-DEED3E8EB6A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1173959" y="1850833"/>
+            <a:ext cx="10440000" cy="4103501"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="VAG Rounded Next Medium" panose="020F0602020203020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Using this teaching guide and participating in the excursion, the students will learn how to:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base"/>
+            <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Analyse water as a renewable resource - Students investigate how water functions as a renewable resource, understand that it is a scare and finite resource, and how water scarcity impacts liveability and sustainability</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Collaborate to develop solutions to environmental challenges - Students apply teamwork, communication and conflict‑resolution strategies while proposing sustainable actions to improve liveability and environmental outcomes.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Use critical and creative thinking to design sustainable cities - Students collaboratively design a future city using digital tools, applying systems thinking, evaluating competing claims, and selecting criteria to guide decision‑making</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l" fontAlgn="base">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
+                <a:latin typeface="VAG Rounded Next Medium"/>
+              </a:rPr>
+              <a:t>Evaluate ethical and social implications of sustainability decisions - Students consider how values, worldviews and ethical perspectives influence decisions about water, waste, liveability and environmental management.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="VAG Rounded Next Medium"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1027447141"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3AF691D-2E8E-021E-C667-6DF799937019}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>1.1: Introduction</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E990B835-3A5F-5304-EEC4-60C4D6C85AA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1981200"/>
+            <a:ext cx="5400675" cy="3959225"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68CDABF1-F2D4-99E1-F779-00D438AE92E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="306529" y="2760809"/>
+            <a:ext cx="4678080" cy="2800767"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>How can we manage Melbourne’s water sustainably as a valuable renewable resource?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="VAG Rounded Next"/>
+              <a:ea typeface="Verdana"/>
+              <a:cs typeface="Segoe UI"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="VAG Rounded Next"/>
+                <a:ea typeface="Verdana"/>
+                <a:cs typeface="Segoe UI"/>
+              </a:rPr>
+              <a:t>Where does water come from? Watch the video.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Melb Water Cutd 01 9x16_V02">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED729E9F-3654-DACF-BBB2-9A31B344B6EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <a:videoFile r:link="rId2"/>
+            <p:extLst>
+              <p:ext uri="{DAA4B4D4-6D71-4841-9C94-3DE7FCFB9230}">
+                <p14:media xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" r:embed="rId1"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6673526" y="1454226"/>
+            <a:ext cx="2962160" cy="5266063"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2508332225"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="playFrom(0.0)">
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="30037" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+            <p:video>
+              <p:cMediaNode vol="80000">
+                <p:cTn id="7" fill="hold" display="0">
+                  <p:stCondLst>
+                    <p:cond delay="indefinite"/>
+                  </p:stCondLst>
+                </p:cTn>
+                <p:tgtEl>
+                  <p:spTgt spid="2"/>
+                </p:tgtEl>
+              </p:cMediaNode>
+            </p:video>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="8" restart="whenNotActive" fill="hold" evtFilter="cancelBubble" nodeType="interactiveSeq">
+                <p:stCondLst>
+                  <p:cond evt="onClick" delay="0">
+                    <p:tgtEl>
+                      <p:spTgt spid="2"/>
+                    </p:tgtEl>
+                  </p:cond>
+                </p:stCondLst>
+                <p:endSync evt="end" delay="0">
+                  <p:rtn val="all"/>
+                </p:endSync>
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="9" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="0"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="10" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="11" presetID="2" presetClass="mediacall" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:cmd type="call" cmd="togglePause">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:cmd>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:nextCondLst>
+                <p:cond evt="onClick" delay="0">
+                  <p:tgtEl>
+                    <p:spTgt spid="2"/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Online Media 4" title="Future Water Story-Introduction">
+            <a:hlinkClick r:id="" action="ppaction://media"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{135FF5A3-0FD9-FBF0-0017-B33E147AA492}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noRot="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <a:videoFile r:link="rId1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1344058" y="1402890"/>
+            <a:ext cx="9697973" cy="5455110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B217C3AC-7D5D-C79C-A3F7-1559A2FC072E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="602031" y="274868"/>
             <a:ext cx="10440000" cy="900000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.9: Future Water Story – the challenge &amp; teams!</a:t>
+              <a:t>1.2: Future Water Story – Introducing the challenge &amp; stakeholders!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="" action="ppaction://media"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{135FF5A3-0FD9-FBF0-0017-B33E147AA492}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C36285D-342C-14E5-7A36-CF508380B226}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <a:videoFile r:link="rId1"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2237396" y="1888067"/>
-            <a:ext cx="7744000" cy="4356000"/>
+            <a:off x="11157969" y="274868"/>
+            <a:ext cx="432000" cy="900000"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
-[...4 lines deleted...]
-          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:pPr>
+                <a:spcAft>
+                  <a:spcPts val="600"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1781481656"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -11412,2216 +30145,270 @@
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:nextCondLst>
                 <p:cond evt="onClick" delay="0">
                   <p:tgtEl>
                     <p:spTgt spid="5"/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B217C3AC-7D5D-C79C-A3F7-1559A2FC072E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.10: Future Water Story – the teams!</a:t>
+              <a:t>1.3: Future Water Story – stakeholder groups!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="A group of circular logos&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DA40F95-9766-6B12-2C90-9E7ED8A35396}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3122031" y="2006327"/>
             <a:ext cx="5400000" cy="4279499"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 3353"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3939065977"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-[...1713 lines deleted...]
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{464E69E6-2CC2-B696-F0E5-AADF784763E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>Preparing for your visit</a:t>
-[...230 lines deleted...]
-              <a:rPr lang="en-AU" dirty="0"/>
               <a:t>Key knowledge</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D83A3DD-833E-8944-6C40-29D7817518DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11760200" y="274638"/>
             <a:ext cx="431800" cy="900112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F5AEA0E0-5CC6-4BD0-905C-A0021E419432}" type="slidenum">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>7</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3341580530"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>1.2: Water supply catchments</a:t>
+              <a:t>1.5: Water supply catchments</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture Placeholder 9" descr="A lake surrounded by mountains&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3589D36C-8255-94A7-9151-86EE14EEB31D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -13794,150 +30581,50 @@
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Upper Yarra Reservoir</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="786132403"/>
-      </p:ext>
-[...98 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3167189015"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Melbourne Water">
   <a:themeElements>
     <a:clrScheme name="Melbourne Water">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1B3751"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
@@ -14432,97 +31119,100 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85f4be49-0b6f-43fb-9fd0-e026870d021e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8abf1876-902b-4d67-ae96-f70d0d2c9d92" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="85f4be49-0b6f-43fb-9fd0-e026870d021e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757C90B357CBB44F8826BFC627DEA276" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f905201c4721b611fd47a9ad9ba66503">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85f4be49-0b6f-43fb-9fd0-e026870d021e" xmlns:ns3="8abf1876-902b-4d67-ae96-f70d0d2c9d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dcafa586dcc17cbd8a38fc092c65a0a4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757C90B357CBB44F8826BFC627DEA276" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69c9e138ff51e926a0cdebe0a95b80a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85f4be49-0b6f-43fb-9fd0-e026870d021e" xmlns:ns3="8abf1876-902b-4d67-ae96-f70d0d2c9d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6a182c7932dbc9ab812f0459f9b8a563" ns2:_="" ns3:_="">
     <xsd:import namespace="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <xsd:import namespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85f4be49-0b6f-43fb-9fd0-e026870d021e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -14563,50 +31253,60 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e3cd3dfc-bda3-408c-b55f-d8b2e2a7c8d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="27" nillable="true" ma:displayName="Sign-off status" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8abf1876-902b-4d67-ae96-f70d0d2c9d92" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -14707,163 +31407,144 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF58E70-4B44-498D-B0D6-10B2566BA575}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22B84397-0EB1-4EE1-B1A0-9CF65EFFC5AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF58E70-4B44-498D-B0D6-10B2566BA575}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+    <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5935CA6-6518-459E-AAEA-AC5CF4DD3BEA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E50BB52D-E925-4662-B941-692A93F97634}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Melbourne Water-PowerPoint template</Template>
   <TotalTime></TotalTime>
-  <Words>2255</Words>
+  <Words>3121</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>277</Paragraphs>
+  <Paragraphs>377</Paragraphs>
   <Slides>19</Slides>
-  <Notes>15</Notes>
+  <Notes>16</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>3</MMClips>
+  <MMClips>4</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
-[...12 lines deleted...]
-      <vt:lpstr>WordVisi_MSFontService</vt:lpstr>
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>Melbourne Water</vt:lpstr>
       <vt:lpstr>1. Teacher Instructions</vt:lpstr>
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>The Future Water Story</vt:lpstr>
-      <vt:lpstr>Learning outcomes </vt:lpstr>
-      <vt:lpstr>Preparing for your visit</vt:lpstr>
+      <vt:lpstr>Learning outcomes</vt:lpstr>
       <vt:lpstr>1.1: Introduction</vt:lpstr>
+      <vt:lpstr>1.2: Future Water Story – Introducing the challenge &amp; stakeholders!</vt:lpstr>
+      <vt:lpstr>1.3: Future Water Story – stakeholder groups!</vt:lpstr>
       <vt:lpstr>Key knowledge</vt:lpstr>
-      <vt:lpstr>1.2: Water supply catchments</vt:lpstr>
-[...8 lines deleted...]
-      <vt:lpstr>1.10: Future Water Story – the teams!</vt:lpstr>
+      <vt:lpstr>1.5: Water supply catchments</vt:lpstr>
+      <vt:lpstr>1.6: Melbourne’s water supply system</vt:lpstr>
+      <vt:lpstr>1.7: Sewage</vt:lpstr>
+      <vt:lpstr>1.8: Water Scarcity</vt:lpstr>
+      <vt:lpstr>1.9: Securing our water supply</vt:lpstr>
+      <vt:lpstr>1.10: Sustainability</vt:lpstr>
+      <vt:lpstr>1.11: How can we manage Melbourne’s water sustainably as a valuable renewable resource?</vt:lpstr>
       <vt:lpstr>Are you ready for the  Future Water Story?</vt:lpstr>
       <vt:lpstr>Curriculum links</vt:lpstr>
+      <vt:lpstr>Glossary</vt:lpstr>
+      <vt:lpstr>Glossary of terms that might be used on your excursion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Melbourne Water</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Future of Water Story</dc:title>
   <dc:creator>Marita Tripp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100757C90B357CBB44F8826BFC627DEA276</vt:lpwstr>